--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Love(39 words)</w:t>
+        <w:t>Good Love(40 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adorable </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Inspiring great affection; delightful; charming.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>adore </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To love and respect (someone) deeply</w:t>
       </w:r>
     </w:p>
@@ -138,71 +138,71 @@
       <w:r>
         <w:t> (noun) - A term of endearment used to express affection.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dote </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To be extremely and uncritically fond of something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>embrace </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - To hold someone tightly in your arms, usually as a sign of love, affection, or comfort.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>embrace </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - The holding of someone close by encircling of the arms especially as a sign of affection.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>embrace </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>empathy </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The ability to understand and share the feelings of another person.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>enchant </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cause someone to have feelings of great delight or pleasure.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>enthralled </w:t>
@@ -247,50 +247,62 @@
         <w:t> (verb) - To embrace or cuddle someone, often in a warm, supportive, or comforting manner.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>hug </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An act of holding someone closely in one's arms, typically as a sign of affection, comfort, or greeting.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>idolize </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To admire, love, or respect someone excessively, often to the point of worship.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>infatuated </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (adjective) - Having an intense but often short-lived passion or admiration for someone.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>infatuation </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An intense but short-lived love, attraction, or admiration for someone or something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>intimate </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Having a close personal relationship; deeply connected; private and personal in nature.</w:t>
       </w:r>