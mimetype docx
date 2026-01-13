--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -7,86 +7,74 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Beautiful(50 words)</w:t>
+        <w:t>Good Beautiful(49 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>awesome </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - amazing, breathtaking, or overwhelming</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bangle </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - An ornamental band worn round the arm or occasionally the ankle.</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A bright or colorful inexpensive piece of jewelry .</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>breathtaking </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - Extremely beautiful or stunning, leaving one in awe.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>dapper </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - (typically of a man) neat and trim in dress, appearance, or bearing</w:t>
       </w:r>