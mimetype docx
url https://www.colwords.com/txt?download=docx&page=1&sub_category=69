--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Bad Steal(26 words)</w:t>
+        <w:t>Bad Steal(27 words)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bamboozle </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To cheat or fool.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>bandit </w:t>
       </w:r>
       <w:r>
         <w:t> (adjective) - A robber or outlaw, especially one who is part of a group and operates in remote or wild areas.</w:t>
       </w:r>
     </w:p>
@@ -114,51 +114,51 @@
       <w:r>
         <w:t> (verb) - To secretly take money that is in your care or that belongs to an organization or business you work for</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>extortion </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - The practice of obtaining something, especially money, through force or threats.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>fake </w:t>
       </w:r>
       <w:r>
-        <w:t> (adjective) - Something that is made to seem real or true in order to trick someone.</w:t>
+        <w:t> (adjective) - Something that is made to seem real or true, sometimes in order to trick someone.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>filch </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To pilfer or steal (something, especially a thing of small value) in a casual way</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>finagle </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To get something in an indirect or dishonest way.</w:t>
       </w:r>
@@ -171,86 +171,98 @@
         </w:rPr>
         <w:t>gouge </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To overcharge or swindle; also to use a sharp tool to remove inner material from something.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>heist </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A robbery</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
+        <w:t>hideout </w:t>
+      </w:r>
+      <w:r>
+        <w:t> (noun) - A secret place where someone can hide from others, especially from the law.</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
         <w:t>huckster </w:t>
       </w:r>
       <w:r>
         <w:t> (noun) - A person who sells things of questionable value</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>leech </w:t>
       </w:r>
       <w:r>
+        <w:t> (verb) - To habitually exploit or rely on</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>leech </w:t>
+      </w:r>
+      <w:r>
         <w:t> (noun) - A person who extorts profit from or sponges on others</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>leech </w:t>
-[...10 lines deleted...]
-        </w:rPr>
         <w:t>loot </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To steal goods from (a place), typically during a war or riot</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mooch </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To ask for or obtain (something) without paying for it</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>mugger </w:t>
@@ -306,44 +318,44 @@
       <w:r>
         <w:t> (verb) - To intentionally or unintentionally deprive someone of what they deserve or expect.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>smuggle </w:t>
       </w:r>
       <w:r>
         <w:t> (verb) - To move goods illegally into or out of a country</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>swindle </w:t>
       </w:r>
       <w:r>
+        <w:t> (noun) - A fraudulent scheme or action</w:t>
+      </w:r>
+    </w:p>
+    <w:p/>
+    <w:p>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>swindle </w:t>
+      </w:r>
+      <w:r>
         <w:t> (verb) - Use deception to deprive (someone) of money or possessions</w:t>
-      </w:r>
-[...10 lines deleted...]
-        <w:t> (noun) - A fraudulent scheme or action</w:t>
       </w:r>
     </w:p>
     <w:p/>
   </w:body>
 </w:document>
 </file>