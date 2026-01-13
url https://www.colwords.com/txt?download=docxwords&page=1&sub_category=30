--- v0 (2025-10-14)
+++ v1 (2026-01-13)
@@ -7,51 +7,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
-        <w:t>Good Good(40 words)</w:t>
+        <w:t>Good Good(42 words)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
         <w:gridCol w:w="3333"/>
       </w:tblGrid>
       <w:tr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -710,87 +710,87 @@
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>superlative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
+              <w:t>upright</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
               <w:t>virtue</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>wholesome</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3333" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <!-- This centers the paragraph -->
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>wondrous</w:t>
-            </w:r>
-[...32 lines deleted...]
-              <w:t/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
   </w:body>
 </w:document>
 </file>