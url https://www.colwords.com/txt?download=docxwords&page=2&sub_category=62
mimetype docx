--- v0 (2025-10-14)
+++ v1 (2026-01-12)
@@ -10,292 +10,469 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
                 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/>
                 </Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:body>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <!-- Centered -->
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <!-- Bold -->
           <w:u w:val="single"/>
           <!-- Underline -->
         </w:rPr>
         <w:t>Other Stop(22 words)</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...262 lines deleted...]
-    <w:p/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3333"/>
+        <w:gridCol w:w="3333"/>
+        <w:gridCol w:w="3333"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>abrupt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>avert</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>clog</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>curtail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>deadlock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>derail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>deter</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>dissuade</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>hiatus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>impede</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>impediment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>intercept</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>intervene</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kibosh</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>mortality</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>pardon</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>relinquish</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>shackle</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>sidestep</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>stuck</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>subside</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>verdict</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3333" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <!-- This centers the paragraph -->
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
   </w:body>
 </w:document>
 </file>